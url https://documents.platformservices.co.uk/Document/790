--- v0 (2026-01-13)
+++ v1 (2026-03-16)
@@ -4,60 +4,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://savingsandinvestments.sharepoint.com/sites/Testingtestingtesting/Shared Documents/General/Comms/2025/Content/Cash Interest/Calculator/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://savingsandinvestments.sharepoint.com/sites/IFDLPlatformChange/Shared Documents/IFDL-4888 - Treatment of Client Cash/Take To Market/Ready Reckoner/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BEB6FDC8-FAD9-436F-A609-F9AAE81931A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{9584F943-F382-48CC-B667-7583E48CD607}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F77AEDE6-E5CD-4C74-BFF9-D77A195B4746}"/>
   <bookViews>
-    <workbookView xWindow="2450" yWindow="2810" windowWidth="14400" windowHeight="7270" xr2:uid="{BB4ABA0F-0C39-4B4E-BB93-948C82E2EA58}"/>
+    <workbookView xWindow="-23148" yWindow="-132" windowWidth="23256" windowHeight="12456" xr2:uid="{BB4ABA0F-0C39-4B4E-BB93-948C82E2EA58}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculator" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -366,53 +366,53 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>533400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>2008050</xdr:colOff>
+      <xdr:colOff>2011860</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>64811</xdr:rowOff>
+      <xdr:rowOff>68621</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC00B9AE-1DC8-5385-B583-6AFB854FCAD5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="533400" y="152400"/>
           <a:ext cx="2072820" cy="472481"/>
         </a:xfrm>
@@ -728,537 +728,537 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{701AC53D-B009-46B8-B841-CD7C97994BBD}">
   <dimension ref="B5:R43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.08984375" style="1"/>
-[...5 lines deleted...]
-    <col min="10" max="16384" width="9.08984375" style="1"/>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="2" width="40.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="5.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="130.7109375" style="1" customWidth="1"/>
+    <col min="6" max="9" width="20.7109375" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="5" spans="2:5" ht="31" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B5" s="16" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="18">
-        <v>2500</v>
+        <v>10000</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B9" s="2"/>
     </row>
-    <row r="10" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B10" s="2"/>
     </row>
-    <row r="11" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="19">
-        <v>3.46</v>
+        <v>3.1406000000000001</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B12" s="2"/>
       <c r="C12" s="20"/>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="2:5" s="3" customFormat="1" ht="18.5" hidden="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:5" s="3" customFormat="1" ht="18.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13" s="2"/>
       <c r="C13" s="17">
         <f>SUM(C11/100)</f>
-        <v>3.4599999999999999E-2</v>
+        <v>3.1406000000000003E-2</v>
       </c>
       <c r="E13" s="5"/>
     </row>
-    <row r="14" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B14" s="2"/>
       <c r="C14" s="10">
         <f>SUM(C8*C13)</f>
-        <v>86.5</v>
+        <v>314.06000000000006</v>
       </c>
       <c r="E14" s="4"/>
     </row>
-    <row r="15" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B15" s="2"/>
     </row>
-    <row r="16" spans="2:5" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:5" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="9">
         <f>SUM(C13-C19)</f>
-        <v>1.8179999999999998E-2</v>
+        <v>1.5624800000000001E-2</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="17" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B17" s="2"/>
       <c r="C17" s="10">
         <f>SUM(C8*C16)</f>
-        <v>45.449999999999996</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+        <v>156.24800000000002</v>
+      </c>
+    </row>
+    <row r="18" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B18" s="2"/>
     </row>
-    <row r="19" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="9">
         <f>I39</f>
-        <v>1.6420000000000001E-2</v>
+        <v>1.5781200000000002E-2</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="20" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B20" s="6"/>
       <c r="C20" s="10">
         <f>SUM(C8*C19)</f>
-        <v>41.050000000000004</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+        <v>157.81200000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B21" s="6"/>
     </row>
-    <row r="22" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B22" s="6"/>
     </row>
-    <row r="23" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B23" s="6"/>
     </row>
-    <row r="24" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B24" s="11" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="25" spans="2:18" s="3" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:18" s="3" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
     </row>
-    <row r="26" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="26" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B26" s="2"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
     </row>
-    <row r="27" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="27" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B27" s="2"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
       <c r="Q27" s="7"/>
       <c r="R27" s="7"/>
     </row>
-    <row r="28" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="28" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B28" s="2"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="7"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="7"/>
       <c r="R28" s="7"/>
     </row>
-    <row r="29" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="29" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B29" s="6"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="7"/>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="7"/>
       <c r="L29" s="7"/>
       <c r="M29" s="7"/>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
       <c r="R29" s="7"/>
     </row>
-    <row r="30" spans="2:18" s="3" customFormat="1" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="30" spans="2:18" s="3" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B30" s="6"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
     </row>
-    <row r="31" spans="2:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="31" spans="2:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F31" s="12"/>
       <c r="G31" s="12"/>
       <c r="H31" s="12"/>
       <c r="I31" s="12"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
     </row>
-    <row r="32" spans="2:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="32" spans="2:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F32" s="12" t="s">
         <v>2</v>
       </c>
       <c r="G32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H32" s="12" t="s">
         <v>4</v>
       </c>
       <c r="I32" s="12" t="s">
         <v>5</v>
       </c>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
     </row>
-    <row r="33" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="33" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F33" s="13">
         <v>0</v>
       </c>
       <c r="G33" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="H33" s="13">
         <v>1</v>
       </c>
       <c r="I33" s="13">
         <f>IF($C$13&gt;G33,(SUM(G33*H33)),(SUM($C$13-F33)*H33))</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
     </row>
-    <row r="34" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="34" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F34" s="13">
         <v>5.1000000000000004E-3</v>
       </c>
       <c r="G34" s="13">
         <v>0.01</v>
       </c>
       <c r="H34" s="13">
         <v>0.7</v>
       </c>
       <c r="I34" s="13">
         <f>IF($C$13&gt;G34,(SUM(G34-G33)*H34),IF(SUM($C$13-G33)&lt;0,0,(SUM($C$13-G33)*H34)))</f>
         <v>3.4999999999999996E-3</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
     </row>
-    <row r="35" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="35" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F35" s="13">
         <v>1.01E-2</v>
       </c>
       <c r="G35" s="13">
         <v>0.02</v>
       </c>
       <c r="H35" s="13">
         <v>0.5</v>
       </c>
       <c r="I35" s="13">
         <f>IF($C$13&gt;G35,(SUM(G35-G34)*H35),IF(SUM($C$13-G34)&lt;0,0,(SUM($C$13-G34)*H35)))</f>
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
     </row>
-    <row r="36" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="36" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F36" s="13">
         <v>2.01E-2</v>
       </c>
       <c r="G36" s="13">
         <v>0.05</v>
       </c>
       <c r="H36" s="13">
         <v>0.2</v>
       </c>
       <c r="I36" s="13">
         <f>IF($C$13&gt;G36,(SUM(G36-G35)*H36),IF(SUM($C$13-G35)&lt;0,0,(SUM($C$13-G35)*H36)))</f>
-        <v>2.9199999999999999E-3</v>
+        <v>2.2812000000000006E-3</v>
       </c>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
     </row>
-    <row r="37" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="37" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F37" s="13">
         <v>5.0099999999999999E-2</v>
       </c>
       <c r="G37" s="13"/>
       <c r="H37" s="13">
         <v>0</v>
       </c>
       <c r="I37" s="13">
         <f>IF($C$13&gt;G37,(SUM(G37-G36)*H37),IF(SUM($C$13-G36)&lt;0,0,(SUM($C$13-G36)*H37)))</f>
         <v>0</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
     </row>
-    <row r="38" spans="6:18" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.35">
+    <row r="38" spans="6:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="F38" s="13"/>
       <c r="G38" s="13"/>
       <c r="H38" s="13"/>
       <c r="I38" s="12"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
     </row>
-    <row r="39" spans="6:18" x14ac:dyDescent="0.35">
+    <row r="39" spans="6:18" x14ac:dyDescent="0.25">
       <c r="F39" s="14"/>
       <c r="G39" s="14"/>
       <c r="H39" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I39" s="15">
         <f>SUM(I33:I37)</f>
-        <v>1.6420000000000001E-2</v>
+        <v>1.5781200000000002E-2</v>
       </c>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
       <c r="M39" s="8"/>
       <c r="N39" s="8"/>
       <c r="O39" s="8"/>
       <c r="P39" s="8"/>
     </row>
-    <row r="40" spans="6:18" x14ac:dyDescent="0.35">
+    <row r="40" spans="6:18" x14ac:dyDescent="0.25">
       <c r="F40" s="14"/>
       <c r="G40" s="14"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
     </row>
-    <row r="41" spans="6:18" x14ac:dyDescent="0.35">
+    <row r="41" spans="6:18" x14ac:dyDescent="0.25">
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
     </row>
-    <row r="42" spans="6:18" x14ac:dyDescent="0.35">
+    <row r="42" spans="6:18" x14ac:dyDescent="0.25">
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
       <c r="I42" s="8"/>
       <c r="J42" s="8"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
     </row>
-    <row r="43" spans="6:18" x14ac:dyDescent="0.35">
+    <row r="43" spans="6:18" x14ac:dyDescent="0.25">
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8"/>
       <c r="P43" s="8"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="xBjs0EMyiPNCd1z4+hl9wzB2LojqhJO26zaQ9zT/h9nmYDfZjrpUvBHvObAJQ752IWYyeatUqmXx+03B8ujdIw==" saltValue="lRO2chw+eI5CmP1+E3pYbA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B25:E25"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="custom" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid entry" error="Please enter a non-negative value, or a value less than 20%" sqref="C11:C12" xr:uid="{58883B58-8EE6-4950-8E23-54899FFA53E6}">
       <formula1>AND(ISNUMBER(C11), C11&gt;=0, C11&lt;=20)</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid entry" error="Negative values are not allowed" sqref="C14" xr:uid="{A0BCF09D-F8B9-489E-B136-8EF227D63157}"/>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G37" xr:uid="{508A68F8-DBBB-401E-9E6D-CC1E7139D4EC}">
       <formula1>AND(ISNUMBER(G36), G36&gt;=5.02, G36&lt;=100)</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E4267054A87634C9D5B105B296C66CC" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e66e13fe5ad8f2d4f892829270535813">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="44ea57b1-a1fe-40fd-9628-0f70bc2e00f5" xmlns:ns3="3d69d9e8-e8cd-4d67-a184-e93385431080" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2f6db5d1f7a4fa5ea95d8a59272dca4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E4267054A87634C9D5B105B296C66CC" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="de3770f95361e42a8e9fe2b8fcaf2505">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="44ea57b1-a1fe-40fd-9628-0f70bc2e00f5" xmlns:ns3="3d69d9e8-e8cd-4d67-a184-e93385431080" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cace24a5fc860b9764db49cb64d0dcb7" ns2:_="" ns3:_="">
     <xsd:import namespace="44ea57b1-a1fe-40fd-9628-0f70bc2e00f5"/>
     <xsd:import namespace="3d69d9e8-e8cd-4d67-a184-e93385431080"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -1474,94 +1474,88 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="44ea57b1-a1fe-40fd-9628-0f70bc2e00f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3d69d9e8-e8cd-4d67-a184-e93385431080" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8592B8B7-A7E6-456F-B0CF-3CF99FD73357}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B2E4C7-61E7-4BCB-8B3F-A51B41DFBAAB}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77F33622-DE3C-4C1C-BD3E-8AD360F049E3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4117C275-CA38-4473-823F-9A08ACC4421A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b5d3ae6f-2e9d-4881-bb57-9343675d5c2e"/>
     <ds:schemaRef ds:uri="0af4fadb-d593-4bf3-8e78-079ba6347e26"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Calculator</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>